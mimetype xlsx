--- v0 (2025-12-16)
+++ v1 (2025-12-18)
@@ -14,260 +14,260 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/>
     <Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/>
     <Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="sheet01" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="771" uniqueCount="504">
   <si>
-    <t>2025-12-16</t>
+    <t>2025-12-17</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>Nominal currency</t>
   </si>
   <si>
     <t>Security type</t>
   </si>
   <si>
     <t>FAD</t>
   </si>
   <si>
     <t>LAD</t>
   </si>
   <si>
     <t>Maturity Date</t>
   </si>
   <si>
+    <t>FR0012792000</t>
+  </si>
+  <si>
+    <t>BPIFRA 1 7/8 05/25/30</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>Bond</t>
+  </si>
+  <si>
+    <t>2024-07-25</t>
+  </si>
+  <si>
+    <t>2030-05-20</t>
+  </si>
+  <si>
+    <t>2030-05-25</t>
+  </si>
+  <si>
+    <t>FR001400TB83</t>
+  </si>
+  <si>
+    <t>ALSFR 3 5/8 10/25/39</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>2039-10-20</t>
+  </si>
+  <si>
+    <t>2039-10-25</t>
+  </si>
+  <si>
     <t>FR0014010VH4</t>
   </si>
   <si>
     <t>BPIFRA 3 1/8 07/01/33</t>
   </si>
   <si>
-    <t>EUR</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-09-04</t>
   </si>
   <si>
     <t>2033-06-26</t>
   </si>
   <si>
     <t>2033-07-01</t>
   </si>
   <si>
-    <t>FR0012792000</t>
-[...28 lines deleted...]
-  <si>
     <t>FR001400WU93</t>
   </si>
   <si>
     <t>SFILFR 3 09/24/30</t>
   </si>
   <si>
     <t>2025-01-24</t>
   </si>
   <si>
     <t>2030-09-19</t>
   </si>
   <si>
     <t>2030-09-24</t>
   </si>
   <si>
+    <t>FR001400RH06</t>
+  </si>
+  <si>
+    <t>BPIFRA 3 3/8 05/25/34</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2034-05-20</t>
+  </si>
+  <si>
+    <t>2034-05-25</t>
+  </si>
+  <si>
     <t>FR0013448776</t>
   </si>
   <si>
     <t>BPIFRA 0.05 09/26/29</t>
   </si>
   <si>
     <t>2024-06-03</t>
   </si>
   <si>
     <t>2029-09-19</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
-    <t>FR001400RH06</t>
-[...13 lines deleted...]
-  <si>
     <t>FR0013403433</t>
   </si>
   <si>
     <t>CAFFIL0 1/2 02/19/27</t>
   </si>
   <si>
     <t>2019-02-19</t>
   </si>
   <si>
     <t>2027-02-12</t>
   </si>
   <si>
     <t>2027-02-19</t>
   </si>
   <si>
     <t>FR00140002P5</t>
   </si>
   <si>
     <t>CADES 0 02/25/28</t>
   </si>
   <si>
     <t>2020-10-06</t>
   </si>
   <si>
     <t>2028-02-18</t>
   </si>
   <si>
     <t>2028-02-25</t>
   </si>
   <si>
+    <t>FR001400TML1</t>
+  </si>
+  <si>
+    <t>BPIFRA 2 7/8 11/25/31</t>
+  </si>
+  <si>
+    <t>2024-10-25</t>
+  </si>
+  <si>
+    <t>2031-11-20</t>
+  </si>
+  <si>
+    <t>2031-11-25</t>
+  </si>
+  <si>
+    <t>FR0014000UG9</t>
+  </si>
+  <si>
+    <t>CADES 0 02/25/26</t>
+  </si>
+  <si>
+    <t>2020-12-02</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
     <t>FR0011580588</t>
   </si>
   <si>
     <t>CAFFIL 3 10/02/28</t>
   </si>
   <si>
     <t>2013-10-02</t>
   </si>
   <si>
     <t>2028-09-25</t>
   </si>
   <si>
     <t>2028-10-02</t>
   </si>
   <si>
-    <t>FR0014000UG9</t>
-[...13 lines deleted...]
-  <si>
     <t>FR0014001S17</t>
   </si>
   <si>
     <t>CADES 0 05/25/31</t>
   </si>
   <si>
     <t>2021-02-03</t>
   </si>
   <si>
     <t>2031-05-20</t>
   </si>
   <si>
     <t>2031-05-25</t>
   </si>
   <si>
-    <t>FR001400TML1</t>
-[...13 lines deleted...]
-  <si>
     <t>FR001400SCU5</t>
   </si>
   <si>
     <t>BPIFRA 2 3/4 05/25/29</t>
   </si>
   <si>
     <t>2025-01-03</t>
   </si>
   <si>
     <t>2029-05-18</t>
   </si>
   <si>
     <t>2029-05-25</t>
   </si>
   <si>
     <t>FR0014003S98</t>
   </si>
   <si>
     <t>SFILFR 0.05 06/04/29</t>
   </si>
   <si>
     <t>2024-07-08</t>
   </si>
   <si>
     <t>2029-05-28</t>
@@ -281,74 +281,74 @@
   <si>
     <t>BPIFRA 2 3/4 11/25/30</t>
   </si>
   <si>
     <t>2025-11-19</t>
   </si>
   <si>
     <t>2030-11-20</t>
   </si>
   <si>
     <t>2030-11-25</t>
   </si>
   <si>
     <t>FR001400FTI1</t>
   </si>
   <si>
     <t>ALSFR 3 5/8 05/25/43</t>
   </si>
   <si>
     <t>2043-05-20</t>
   </si>
   <si>
     <t>2043-05-25</t>
   </si>
   <si>
+    <t>FR00140049N1</t>
+  </si>
+  <si>
+    <t>CAFFIL 0 1/8 06/30/31</t>
+  </si>
+  <si>
+    <t>2021-06-30</t>
+  </si>
+  <si>
+    <t>2031-06-25</t>
+  </si>
+  <si>
+    <t>2031-06-30</t>
+  </si>
+  <si>
     <t>FR001400IVT8</t>
   </si>
   <si>
     <t>CADES 3 11/25/31</t>
   </si>
   <si>
     <t>2023-06-28</t>
   </si>
   <si>
-    <t>FR00140049N1</t>
-[...13 lines deleted...]
-  <si>
     <t>FR0014013O90</t>
   </si>
   <si>
     <t>CAFFIL 3 05/24/33</t>
   </si>
   <si>
     <t>2025-10-24</t>
   </si>
   <si>
     <t>2033-05-19</t>
   </si>
   <si>
     <t>2033-05-24</t>
   </si>
   <si>
     <t>FR001400LFC1</t>
   </si>
   <si>
     <t>CDCEPS 3 3/8 11/25/30</t>
   </si>
   <si>
     <t>2023-10-18</t>
   </si>
   <si>
     <t>FR0013519568</t>
@@ -455,128 +455,128 @@
   <si>
     <t>2025-04-29</t>
   </si>
   <si>
     <t>2035-05-20</t>
   </si>
   <si>
     <t>2035-05-25</t>
   </si>
   <si>
     <t>FR0013330693</t>
   </si>
   <si>
     <t>CAFFIL 1 04/25/28</t>
   </si>
   <si>
     <t>2018-04-26</t>
   </si>
   <si>
     <t>2028-04-18</t>
   </si>
   <si>
     <t>2028-04-25</t>
   </si>
   <si>
+    <t>FR001400DZI3</t>
+  </si>
+  <si>
+    <t>CADES 2 7/8 05/25/27</t>
+  </si>
+  <si>
+    <t>2022-11-16</t>
+  </si>
+  <si>
     <t>FR0014008E81</t>
   </si>
   <si>
     <t>CADES 0.6 11/25/29</t>
   </si>
   <si>
     <t>2022-02-16</t>
   </si>
   <si>
     <t>2029-11-19</t>
   </si>
   <si>
     <t>2029-11-25</t>
   </si>
   <si>
-    <t>FR001400DZI3</t>
-[...7 lines deleted...]
-  <si>
     <t>FR0013230703</t>
   </si>
   <si>
     <t>CAFFIL0 3/4 01/11/27</t>
   </si>
   <si>
     <t>2017-01-11</t>
   </si>
   <si>
     <t>2027-01-04</t>
   </si>
   <si>
     <t>2027-01-11</t>
   </si>
   <si>
+    <t>FR001400CHC6</t>
+  </si>
+  <si>
+    <t>CADES 1 3/4 11/25/27</t>
+  </si>
+  <si>
+    <t>2022-08-31</t>
+  </si>
+  <si>
+    <t>2027-11-18</t>
+  </si>
+  <si>
+    <t>2027-11-25</t>
+  </si>
+  <si>
+    <t>FR001400F7D7</t>
+  </si>
+  <si>
+    <t>SFILFR 2 7/8 01/18/28</t>
+  </si>
+  <si>
+    <t>2023-01-18</t>
+  </si>
+  <si>
+    <t>2028-01-11</t>
+  </si>
+  <si>
+    <t>2028-01-18</t>
+  </si>
+  <si>
     <t>FR001400FKA7</t>
   </si>
   <si>
     <t>BPIFRA 2 7/8 11/25/29</t>
   </si>
   <si>
     <t>2025-01-08</t>
   </si>
   <si>
-    <t>FR001400CHC6</t>
-[...28 lines deleted...]
-  <si>
     <t>FR0014009OM1</t>
   </si>
   <si>
     <t>CAFFIL 1 1/8 06/12/28</t>
   </si>
   <si>
     <t>2022-04-12</t>
   </si>
   <si>
     <t>2028-06-05</t>
   </si>
   <si>
     <t>2028-06-12</t>
   </si>
   <si>
     <t>FR0014001GV5</t>
   </si>
   <si>
     <t>CAFFIL 0.01 03/18/31</t>
   </si>
   <si>
     <t>2023-06-12</t>
   </si>
   <si>
     <t>2031-03-13</t>
@@ -590,80 +590,80 @@
   <si>
     <t>ALSFR 3 1/8 09/28/37</t>
   </si>
   <si>
     <t>2037-09-23</t>
   </si>
   <si>
     <t>2037-09-28</t>
   </si>
   <si>
     <t>FR001400ZR04</t>
   </si>
   <si>
     <t>CAFFIL 3 3/8 05/22/37</t>
   </si>
   <si>
     <t>2025-05-22</t>
   </si>
   <si>
     <t>2037-05-17</t>
   </si>
   <si>
     <t>2037-05-22</t>
   </si>
   <si>
+    <t>FR0013382116</t>
+  </si>
+  <si>
+    <t>BPIFRA 0 5/8 05/25/26</t>
+  </si>
+  <si>
+    <t>2024-01-09</t>
+  </si>
+  <si>
+    <t>2026-05-18</t>
+  </si>
+  <si>
+    <t>2026-05-25</t>
+  </si>
+  <si>
     <t>FR001400CHQ6</t>
   </si>
   <si>
     <t>BPIFRA 2 09/02/30</t>
   </si>
   <si>
     <t>2023-12-21</t>
   </si>
   <si>
     <t>2030-08-28</t>
   </si>
   <si>
     <t>2030-09-02</t>
   </si>
   <si>
-    <t>FR0013382116</t>
-[...13 lines deleted...]
-  <si>
     <t>FR001400BB83</t>
   </si>
   <si>
     <t>OSEOFI 2 1/8 11/29/27</t>
   </si>
   <si>
     <t>2022-07-04</t>
   </si>
   <si>
     <t>2027-11-22</t>
   </si>
   <si>
     <t>2027-11-29</t>
   </si>
   <si>
     <t>FR001400F5U5</t>
   </si>
   <si>
     <t>CADES 3 05/25/28</t>
   </si>
   <si>
     <t>2023-03-01</t>
   </si>
   <si>
     <t>2028-05-18</t>
@@ -737,80 +737,80 @@
   <si>
     <t>CADES 0.45 01/19/32</t>
   </si>
   <si>
     <t>2022-01-19</t>
   </si>
   <si>
     <t>2032-01-14</t>
   </si>
   <si>
     <t>2032-01-19</t>
   </si>
   <si>
     <t>FR0013510724</t>
   </si>
   <si>
     <t>BPIFRA 0 1/8 02/26/27</t>
   </si>
   <si>
     <t>2024-05-28</t>
   </si>
   <si>
     <t>2027-02-26</t>
   </si>
   <si>
+    <t>FR0014004016</t>
+  </si>
+  <si>
+    <t>CADES 0 11/25/26</t>
+  </si>
+  <si>
+    <t>2021-06-15</t>
+  </si>
+  <si>
+    <t>2026-11-18</t>
+  </si>
+  <si>
+    <t>2026-11-25</t>
+  </si>
+  <si>
     <t>FR0013535820</t>
   </si>
   <si>
     <t>CAFFIL 0.01 02/22/28</t>
   </si>
   <si>
     <t>2020-09-22</t>
   </si>
   <si>
     <t>2028-02-15</t>
   </si>
   <si>
     <t>2028-02-22</t>
   </si>
   <si>
-    <t>FR0014004016</t>
-[...13 lines deleted...]
-  <si>
     <t>FR0014012V68</t>
   </si>
   <si>
     <t>ALSFR 3 3/4 11/25/35</t>
   </si>
   <si>
     <t>2025-09-29</t>
   </si>
   <si>
     <t>2035-11-20</t>
   </si>
   <si>
     <t>2035-11-25</t>
   </si>
   <si>
     <t>FR0013284072</t>
   </si>
   <si>
     <t>CAFFIL0 3/4 09/27/27</t>
   </si>
   <si>
     <t>2017-09-27</t>
   </si>
   <si>
     <t>2027-09-20</t>
@@ -827,77 +827,77 @@
   <si>
     <t>2022-01-20</t>
   </si>
   <si>
     <t>2032-01-15</t>
   </si>
   <si>
     <t>2032-01-20</t>
   </si>
   <si>
     <t>FR001400M1S9</t>
   </si>
   <si>
     <t>CAFFIL 3 1/2 03/20/29</t>
   </si>
   <si>
     <t>2023-11-20</t>
   </si>
   <si>
     <t>2029-03-13</t>
   </si>
   <si>
     <t>2029-03-20</t>
   </si>
   <si>
+    <t>FR001400FFW1</t>
+  </si>
+  <si>
+    <t>CAFFIL 2 7/8 01/30/30</t>
+  </si>
+  <si>
+    <t>2023-01-30</t>
+  </si>
+  <si>
+    <t>2030-01-25</t>
+  </si>
+  <si>
+    <t>2030-01-30</t>
+  </si>
+  <si>
     <t>FR0014007PY7</t>
   </si>
   <si>
     <t>CAFFIL 0 5/8 01/20/42</t>
   </si>
   <si>
     <t>2042-01-15</t>
   </si>
   <si>
     <t>2042-01-20</t>
   </si>
   <si>
-    <t>FR001400FFW1</t>
-[...13 lines deleted...]
-  <si>
     <t>FR001400DHQ4</t>
   </si>
   <si>
     <t>OSEOFI 3 3/8 11/25/32</t>
   </si>
   <si>
     <t>2022-10-26</t>
   </si>
   <si>
     <t>2032-11-20</t>
   </si>
   <si>
     <t>2032-11-25</t>
   </si>
   <si>
     <t>FR0012467942</t>
   </si>
   <si>
     <t>CAFFIL1 1/4 01/22/35</t>
   </si>
   <si>
     <t>2015-01-22</t>
   </si>
   <si>
     <t>2035-01-17</t>
@@ -953,203 +953,203 @@
   <si>
     <t>FR0014005MV4</t>
   </si>
   <si>
     <t>CAFFIL 0 1/2 10/01/46</t>
   </si>
   <si>
     <t>2021-10-01</t>
   </si>
   <si>
     <t>2046-09-26</t>
   </si>
   <si>
     <t>2046-10-01</t>
   </si>
   <si>
     <t>FR001400LPZ1</t>
   </si>
   <si>
     <t>BPIFRA 3 1/2 09/27/27</t>
   </si>
   <si>
     <t>2024-06-17</t>
   </si>
   <si>
+    <t>FR00140084Y5</t>
+  </si>
+  <si>
+    <t>BPIFRA 0 1/8 11/25/28</t>
+  </si>
+  <si>
+    <t>2024-06-27</t>
+  </si>
+  <si>
+    <t>2028-11-20</t>
+  </si>
+  <si>
+    <t>2028-11-25</t>
+  </si>
+  <si>
     <t>FR0013367604</t>
   </si>
   <si>
     <t>BPIFRA 0 7/8 09/26/28</t>
   </si>
   <si>
     <t>2022-12-19</t>
   </si>
   <si>
     <t>2028-09-19</t>
   </si>
   <si>
     <t>2028-09-26</t>
   </si>
   <si>
     <t>FR0014005SE7</t>
   </si>
   <si>
     <t>ALSFR 0 3/8 10/05/31</t>
   </si>
   <si>
     <t>2031-09-30</t>
   </si>
   <si>
     <t>2031-10-05</t>
   </si>
   <si>
-    <t>FR00140084Y5</t>
-[...13 lines deleted...]
-  <si>
     <t>FR0013365269</t>
   </si>
   <si>
     <t>CDCEPS0 3/4 09/18/28</t>
   </si>
   <si>
     <t>2025-05-21</t>
   </si>
   <si>
     <t>2028-09-11</t>
   </si>
   <si>
     <t>FR001400DCH4</t>
   </si>
   <si>
     <t>CDCEPS 3 11/25/27</t>
   </si>
   <si>
     <t>FR001400WJ56</t>
   </si>
   <si>
     <t>BPIFRA 2 3/4 02/25/29</t>
   </si>
   <si>
     <t>2025-01-10</t>
   </si>
   <si>
     <t>2029-02-25</t>
   </si>
   <si>
     <t>FR001400WO83</t>
   </si>
   <si>
     <t>CAFFIL 3 1/8 07/20/33</t>
   </si>
   <si>
     <t>2025-01-20</t>
   </si>
   <si>
     <t>2033-07-15</t>
   </si>
   <si>
     <t>2033-07-20</t>
   </si>
   <si>
+    <t>FR0014005N34</t>
+  </si>
+  <si>
+    <t>CAFFIL 0.01 10/01/29</t>
+  </si>
+  <si>
+    <t>2029-09-24</t>
+  </si>
+  <si>
+    <t>2029-10-01</t>
+  </si>
+  <si>
     <t>FR001400N7G0</t>
   </si>
   <si>
     <t>CADES 2 3/4 02/25/29</t>
   </si>
   <si>
     <t>2024-01-16</t>
   </si>
   <si>
-    <t>FR0014005N34</t>
-[...10 lines deleted...]
-  <si>
     <t>FR001400Q494</t>
   </si>
   <si>
     <t>CAFFIL 3 1/8 05/17/39</t>
   </si>
   <si>
     <t>2024-05-17</t>
   </si>
   <si>
     <t>2039-05-12</t>
   </si>
   <si>
     <t>2039-05-17</t>
   </si>
   <si>
+    <t>FR001400X862</t>
+  </si>
+  <si>
+    <t>BPIFRA 3 05/25/32</t>
+  </si>
+  <si>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>2032-05-20</t>
+  </si>
+  <si>
+    <t>2032-05-25</t>
+  </si>
+  <si>
     <t>FR0014005FC8</t>
   </si>
   <si>
     <t>CADES 0 1/8 09/15/31</t>
   </si>
   <si>
     <t>2021-09-15</t>
   </si>
   <si>
     <t>2031-09-10</t>
   </si>
   <si>
     <t>2031-09-15</t>
   </si>
   <si>
-    <t>FR001400X862</t>
-[...13 lines deleted...]
-  <si>
     <t>FR001400NWK5</t>
   </si>
   <si>
     <t>CADES 2 3/4 09/24/27</t>
   </si>
   <si>
     <t>2024-02-14</t>
   </si>
   <si>
     <t>2027-09-17</t>
   </si>
   <si>
     <t>2027-09-24</t>
   </si>
   <si>
     <t>FR001400CVE3</t>
   </si>
   <si>
     <t>CADES 2 3/4 11/25/32</t>
   </si>
   <si>
     <t>2022-09-27</t>
   </si>
   <si>
     <t>FR001400D211</t>
@@ -1214,134 +1214,134 @@
   <si>
     <t>2024-01-22</t>
   </si>
   <si>
     <t>2031-01-17</t>
   </si>
   <si>
     <t>2031-01-22</t>
   </si>
   <si>
     <t>FR0013310018</t>
   </si>
   <si>
     <t>CAFFIL1 1/8 01/19/33</t>
   </si>
   <si>
     <t>2018-01-19</t>
   </si>
   <si>
     <t>2033-01-14</t>
   </si>
   <si>
     <t>2033-01-19</t>
   </si>
   <si>
+    <t>FR00140006K7</t>
+  </si>
+  <si>
+    <t>CAFFIL 0.01 10/19/35</t>
+  </si>
+  <si>
+    <t>2020-10-19</t>
+  </si>
+  <si>
+    <t>2035-10-14</t>
+  </si>
+  <si>
+    <t>2035-10-19</t>
+  </si>
+  <si>
+    <t>FR001400SXM8</t>
+  </si>
+  <si>
+    <t>CAFFIL 2 3/4 10/03/31</t>
+  </si>
+  <si>
+    <t>2024-10-03</t>
+  </si>
+  <si>
+    <t>2031-09-28</t>
+  </si>
+  <si>
+    <t>2031-10-03</t>
+  </si>
+  <si>
     <t>FR0013310026</t>
   </si>
   <si>
     <t>CAFFIL0 1/2 01/19/26</t>
   </si>
   <si>
     <t>2026-01-12</t>
   </si>
   <si>
     <t>2026-01-19</t>
   </si>
   <si>
-    <t>FR001400SXM8</t>
-[...28 lines deleted...]
-  <si>
     <t>FR0013255866</t>
   </si>
   <si>
     <t>CAFFIL1 1/4 05/11/32</t>
   </si>
   <si>
     <t>2017-05-11</t>
   </si>
   <si>
     <t>2032-05-06</t>
   </si>
   <si>
     <t>2032-05-11</t>
   </si>
   <si>
+    <t>FR001400G6E6</t>
+  </si>
+  <si>
+    <t>CADES 3 1/8 03/01/30</t>
+  </si>
+  <si>
+    <t>2030-02-24</t>
+  </si>
+  <si>
+    <t>2030-03-01</t>
+  </si>
+  <si>
     <t>FR001400SZ94</t>
   </si>
   <si>
     <t>IDFMOB 3 1/2 10/04/39</t>
   </si>
   <si>
     <t>2024-10-08</t>
   </si>
   <si>
     <t>2039-09-29</t>
   </si>
   <si>
     <t>2039-10-04</t>
   </si>
   <si>
-    <t>FR001400G6E6</t>
-[...10 lines deleted...]
-  <si>
     <t>FR0126221896</t>
   </si>
   <si>
     <t>UNEDIC 0.1 11/25/26</t>
   </si>
   <si>
     <t>2020-06-25</t>
   </si>
   <si>
     <t>FR0013534559</t>
   </si>
   <si>
     <t>CADES 0 11/25/30</t>
   </si>
   <si>
     <t>2020-09-16</t>
   </si>
   <si>
     <t>FR0013150257</t>
   </si>
   <si>
     <t>CAFFIL0 5/8 04/13/26</t>
   </si>
   <si>
     <t>2016-04-13</t>
@@ -1478,72 +1478,72 @@
   <si>
     <t>FR001400AJT0</t>
   </si>
   <si>
     <t>CAFFIL1 7/8 05/25/34</t>
   </si>
   <si>
     <t>2022-05-25</t>
   </si>
   <si>
     <t>FR0014000MX1</t>
   </si>
   <si>
     <t>SFILFR 0 11/23/28</t>
   </si>
   <si>
     <t>2021-03-09</t>
   </si>
   <si>
     <t>2028-11-16</t>
   </si>
   <si>
     <t>2028-11-23</t>
   </si>
   <si>
+    <t>FR0014003C70</t>
+  </si>
+  <si>
+    <t>BPIFRA 0 05/25/28</t>
+  </si>
+  <si>
+    <t>2024-05-24</t>
+  </si>
+  <si>
     <t>FR001400NE03</t>
   </si>
   <si>
     <t>CAFFIL 3 1/8 11/24/33</t>
   </si>
   <si>
     <t>2024-03-12</t>
   </si>
   <si>
     <t>2033-11-19</t>
   </si>
   <si>
     <t>2033-11-24</t>
-  </si>
-[...7 lines deleted...]
-    <t>2024-05-24</t>
   </si>
   <si>
     <t>FR0013396363</t>
   </si>
   <si>
     <t>CAFFIL 1.45 01/16/34</t>
   </si>
   <si>
     <t>2019-01-16</t>
   </si>
   <si>
     <t>2034-01-11</t>
   </si>
   <si>
     <t>2034-01-16</t>
   </si>
   <si>
     <t>FR0014003RL9</t>
   </si>
   <si>
     <t>CDCEPS 0.01 06/01/26</t>
   </si>
   <si>
     <t>2026-06-01</t>
   </si>
@@ -1970,103 +1970,103 @@
       </c>
       <c r="E17" t="s">
         <v>82</v>
       </c>
       <c r="F17" t="s">
         <v>83</v>
       </c>
       <c r="G17" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>85</v>
       </c>
       <c r="B18" t="s">
         <v>86</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F18" t="s">
         <v>87</v>
       </c>
       <c r="G18" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>89</v>
       </c>
       <c r="B19" t="s">
         <v>90</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>91</v>
       </c>
       <c r="F19" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
       <c r="G19" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B20" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F20" t="s">
-        <v>95</v>
+        <v>53</v>
       </c>
       <c r="G20" t="s">
-        <v>96</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>97</v>
       </c>
       <c r="B21" t="s">
         <v>98</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>99</v>
       </c>
       <c r="F21" t="s">
         <v>100</v>
       </c>
       <c r="G21" t="s">
         <v>101</v>
       </c>
     </row>
@@ -2111,54 +2111,54 @@
       </c>
       <c r="F23" t="s">
         <v>108</v>
       </c>
       <c r="G23" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>110</v>
       </c>
       <c r="B24" t="s">
         <v>111</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>112</v>
       </c>
       <c r="F24" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>113</v>
       </c>
       <c r="B25" t="s">
         <v>114</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>115</v>
       </c>
       <c r="F25" t="s">
         <v>116</v>
       </c>
       <c r="G25" t="s">
         <v>117</v>
       </c>
     </row>
@@ -2177,51 +2177,51 @@
       </c>
       <c r="E26" t="s">
         <v>120</v>
       </c>
       <c r="F26" t="s">
         <v>121</v>
       </c>
       <c r="G26" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>123</v>
       </c>
       <c r="B27" t="s">
         <v>124</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F27" t="s">
         <v>125</v>
       </c>
       <c r="G27" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>127</v>
       </c>
       <c r="B28" t="s">
         <v>128</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>129</v>
       </c>
       <c r="F28" t="s">
@@ -2295,169 +2295,169 @@
       </c>
       <c r="F31" t="s">
         <v>145</v>
       </c>
       <c r="G31" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>147</v>
       </c>
       <c r="B32" t="s">
         <v>148</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>149</v>
       </c>
       <c r="F32" t="s">
-        <v>150</v>
+        <v>121</v>
       </c>
       <c r="G32" t="s">
-        <v>151</v>
+        <v>122</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
+        <v>150</v>
+      </c>
+      <c r="B33" t="s">
+        <v>151</v>
+      </c>
+      <c r="C33" t="s">
+        <v>10</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
         <v>152</v>
       </c>
-      <c r="B33" t="s">
+      <c r="F33" t="s">
         <v>153</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="G33" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>155</v>
       </c>
       <c r="B34" t="s">
         <v>156</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>157</v>
       </c>
       <c r="F34" t="s">
         <v>158</v>
       </c>
       <c r="G34" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>160</v>
       </c>
       <c r="B35" t="s">
         <v>161</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>162</v>
       </c>
       <c r="F35" t="s">
-        <v>150</v>
+        <v>163</v>
       </c>
       <c r="G35" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B36" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="F36" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G36" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B37" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F37" t="s">
-        <v>171</v>
+        <v>153</v>
       </c>
       <c r="G37" t="s">
-        <v>172</v>
+        <v>154</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>173</v>
       </c>
       <c r="B38" t="s">
         <v>174</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>175</v>
       </c>
       <c r="F38" t="s">
         <v>176</v>
       </c>
       <c r="G38" t="s">
         <v>177</v>
       </c>
     </row>
@@ -2476,51 +2476,51 @@
       </c>
       <c r="E39" t="s">
         <v>180</v>
       </c>
       <c r="F39" t="s">
         <v>181</v>
       </c>
       <c r="G39" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>183</v>
       </c>
       <c r="B40" t="s">
         <v>184</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F40" t="s">
         <v>185</v>
       </c>
       <c r="G40" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>187</v>
       </c>
       <c r="B41" t="s">
         <v>188</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>189</v>
       </c>
       <c r="F41" t="s">
@@ -2890,74 +2890,74 @@
       </c>
       <c r="E57" t="s">
         <v>268</v>
       </c>
       <c r="F57" t="s">
         <v>269</v>
       </c>
       <c r="G57" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>271</v>
       </c>
       <c r="B58" t="s">
         <v>272</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="F58" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="G58" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B59" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>277</v>
+        <v>263</v>
       </c>
       <c r="F59" t="s">
         <v>278</v>
       </c>
       <c r="G59" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>280</v>
       </c>
       <c r="B60" t="s">
         <v>281</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>282</v>
       </c>
       <c r="F60" t="s">
@@ -3120,126 +3120,126 @@
       </c>
       <c r="E67" t="s">
         <v>315</v>
       </c>
       <c r="F67" t="s">
         <v>316</v>
       </c>
       <c r="G67" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>318</v>
       </c>
       <c r="B68" t="s">
         <v>319</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>22</v>
+        <v>320</v>
       </c>
       <c r="F68" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="G68" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B69" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>324</v>
+        <v>17</v>
       </c>
       <c r="F69" t="s">
         <v>325</v>
       </c>
       <c r="G69" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>327</v>
       </c>
       <c r="B70" t="s">
         <v>328</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
         <v>329</v>
       </c>
       <c r="F70" t="s">
         <v>330</v>
       </c>
       <c r="G70" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>331</v>
       </c>
       <c r="B71" t="s">
         <v>332</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
         <v>329</v>
       </c>
       <c r="F71" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="G71" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>333</v>
       </c>
       <c r="B72" t="s">
         <v>334</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>335</v>
       </c>
       <c r="F72" t="s">
         <v>299</v>
       </c>
       <c r="G72" t="s">
         <v>336</v>
       </c>
     </row>
@@ -3258,80 +3258,80 @@
       </c>
       <c r="E73" t="s">
         <v>339</v>
       </c>
       <c r="F73" t="s">
         <v>340</v>
       </c>
       <c r="G73" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>342</v>
       </c>
       <c r="B74" t="s">
         <v>343</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
+        <v>307</v>
+      </c>
+      <c r="F74" t="s">
         <v>344</v>
       </c>
-      <c r="F74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G74" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B75" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>307</v>
+        <v>348</v>
       </c>
       <c r="F75" t="s">
-        <v>347</v>
+        <v>299</v>
       </c>
       <c r="G75" t="s">
-        <v>348</v>
+        <v>336</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>349</v>
       </c>
       <c r="B76" t="s">
         <v>350</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>351</v>
       </c>
       <c r="F76" t="s">
         <v>352</v>
       </c>
       <c r="G76" t="s">
         <v>353</v>
       </c>
     </row>
@@ -3557,195 +3557,195 @@
       </c>
       <c r="E86" t="s">
         <v>397</v>
       </c>
       <c r="F86" t="s">
         <v>398</v>
       </c>
       <c r="G86" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>400</v>
       </c>
       <c r="B87" t="s">
         <v>401</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="F87" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="G87" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B88" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="F88" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="G88" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B89" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C89" t="s">
         <v>10</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>411</v>
+        <v>397</v>
       </c>
       <c r="F89" t="s">
         <v>412</v>
       </c>
       <c r="G89" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>414</v>
       </c>
       <c r="B90" t="s">
         <v>415</v>
       </c>
       <c r="C90" t="s">
         <v>10</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
         <v>416</v>
       </c>
       <c r="F90" t="s">
         <v>417</v>
       </c>
       <c r="G90" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>419</v>
       </c>
       <c r="B91" t="s">
         <v>420</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
+        <v>209</v>
+      </c>
+      <c r="F91" t="s">
         <v>421</v>
       </c>
-      <c r="F91" t="s">
+      <c r="G91" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
+        <v>423</v>
+      </c>
+      <c r="B92" t="s">
         <v>424</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92" t="s">
+        <v>10</v>
+      </c>
+      <c r="D92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
         <v>425</v>
-      </c>
-[...7 lines deleted...]
-        <v>209</v>
       </c>
       <c r="F92" t="s">
         <v>426</v>
       </c>
       <c r="G92" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>428</v>
       </c>
       <c r="B93" t="s">
         <v>429</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
         <v>430</v>
       </c>
       <c r="F93" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="G93" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>431</v>
       </c>
       <c r="B94" t="s">
         <v>432</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
         <v>433</v>
       </c>
       <c r="F94" t="s">
         <v>83</v>
       </c>
       <c r="G94" t="s">
         <v>84</v>
       </c>
     </row>
@@ -3764,51 +3764,51 @@
       </c>
       <c r="E95" t="s">
         <v>436</v>
       </c>
       <c r="F95" t="s">
         <v>437</v>
       </c>
       <c r="G95" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>439</v>
       </c>
       <c r="B96" t="s">
         <v>440</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F96" t="s">
         <v>441</v>
       </c>
       <c r="G96" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>443</v>
       </c>
       <c r="B97" t="s">
         <v>444</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
         <v>445</v>
       </c>
       <c r="F97" t="s">
@@ -3879,51 +3879,51 @@
       </c>
       <c r="E100" t="s">
         <v>458</v>
       </c>
       <c r="F100" t="s">
         <v>459</v>
       </c>
       <c r="G100" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>461</v>
       </c>
       <c r="B101" t="s">
         <v>462</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="F101" t="s">
         <v>463</v>
       </c>
       <c r="G101" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>465</v>
       </c>
       <c r="B102" t="s">
         <v>466</v>
       </c>
       <c r="C102" t="s">
         <v>10</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
         <v>374</v>
       </c>
       <c r="F102" t="s">
@@ -3951,209 +3951,209 @@
       </c>
       <c r="F103" t="s">
         <v>73</v>
       </c>
       <c r="G103" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>472</v>
       </c>
       <c r="B104" t="s">
         <v>473</v>
       </c>
       <c r="C104" t="s">
         <v>10</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>474</v>
       </c>
       <c r="F104" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="G104" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>475</v>
       </c>
       <c r="B105" t="s">
         <v>476</v>
       </c>
       <c r="C105" t="s">
         <v>10</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
         <v>477</v>
       </c>
       <c r="F105" t="s">
         <v>478</v>
       </c>
       <c r="G105" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>480</v>
       </c>
       <c r="B106" t="s">
         <v>481</v>
       </c>
       <c r="C106" t="s">
         <v>10</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
         <v>482</v>
       </c>
       <c r="F106" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="G106" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>483</v>
       </c>
       <c r="B107" t="s">
         <v>484</v>
       </c>
       <c r="C107" t="s">
         <v>10</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
         <v>485</v>
       </c>
       <c r="F107" t="s">
         <v>486</v>
       </c>
       <c r="G107" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>488</v>
       </c>
       <c r="B108" t="s">
         <v>489</v>
       </c>
       <c r="C108" t="s">
         <v>10</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
         <v>490</v>
       </c>
       <c r="F108" t="s">
-        <v>491</v>
+        <v>210</v>
       </c>
       <c r="G108" t="s">
-        <v>492</v>
+        <v>211</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
+        <v>491</v>
+      </c>
+      <c r="B109" t="s">
+        <v>492</v>
+      </c>
+      <c r="C109" t="s">
+        <v>10</v>
+      </c>
+      <c r="D109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" t="s">
         <v>493</v>
       </c>
-      <c r="B109" t="s">
+      <c r="F109" t="s">
         <v>494</v>
       </c>
-      <c r="C109" t="s">
-[...5 lines deleted...]
-      <c r="E109" t="s">
+      <c r="G109" t="s">
         <v>495</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>496</v>
       </c>
       <c r="B110" t="s">
         <v>497</v>
       </c>
       <c r="C110" t="s">
         <v>10</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
         <v>498</v>
       </c>
       <c r="F110" t="s">
         <v>499</v>
       </c>
       <c r="G110" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>501</v>
       </c>
       <c r="B111" t="s">
         <v>502</v>
       </c>
       <c r="C111" t="s">
         <v>10</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
         <v>329</v>
       </c>
       <c r="F111" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="G111" t="s">
         <v>503</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>